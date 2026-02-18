--- v0 (2025-10-05)
+++ v1 (2026-02-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Dataset: Jumlah Penduduk yang Mendapatkan Pelayanan Kesehatan Terdampak Krisis Kesehatan Akibat Bencana dan atau Berpotensi Bencana Provinsi</t>
   </si>
   <si>
     <t>Organisasi: Dinas Kesehatan Provinsi Nusa Tenggara Timur</t>
   </si>
   <si>
     <t>Satuan: Orang</t>
   </si>
   <si>
-    <t>Tanggal Export: 05/10/2025 13:26:50</t>
+    <t>Tanggal Export: 18/02/2026 16:02:16</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Nilai</t>
   </si>
   <si>
     <t>Waktu Rilis</t>
   </si>
   <si>
     <t>Tahun 2024</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>Tahun 2022</t>
   </si>