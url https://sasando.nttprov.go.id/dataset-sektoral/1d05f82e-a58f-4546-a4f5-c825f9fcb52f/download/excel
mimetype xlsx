--- v0 (2025-10-04)
+++ v1 (2026-02-18)
@@ -12,95 +12,131 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
-[...10 lines deleted...]
-    <t>Tanggal Export: 04/10/2025 08:37:26</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+  <si>
+    <t>Dataset: Rata-rata harga Komoditi Mie Instan per bulan</t>
+  </si>
+  <si>
+    <t>Organisasi: Dinas Perindustrian dan Perdagangan Provinsi Nusa Tenggara Timur</t>
+  </si>
+  <si>
+    <t>Satuan: Rupiah per bungkus</t>
+  </si>
+  <si>
+    <t>Tanggal Export: 18/02/2026 14:37:27</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Nilai</t>
   </si>
   <si>
     <t>Waktu Rilis</t>
   </si>
   <si>
-    <t>Tahun 2024</t>
-[...14 lines deleted...]
-    <t>18/09/2025</t>
+    <t>Januari</t>
+  </si>
+  <si>
+    <t>31/08/2024</t>
+  </si>
+  <si>
+    <t>Februari</t>
+  </si>
+  <si>
+    <t>Maret</t>
+  </si>
+  <si>
+    <t>April</t>
+  </si>
+  <si>
+    <t>Mei</t>
+  </si>
+  <si>
+    <t>Juni</t>
+  </si>
+  <si>
+    <t>Juli</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>Agustus</t>
+  </si>
+  <si>
+    <t>September</t>
+  </si>
+  <si>
+    <t>Oktober</t>
+  </si>
+  <si>
+    <t>November</t>
+  </si>
+  <si>
+    <t>Desember</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
+  </si>
+  <si>
+    <t>29/02/2024</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>28/02/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -404,51 +440,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E9"/>
+  <dimension ref="A1:E42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>3</v>
@@ -460,88 +496,649 @@
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
       <c r="D6" t="s">
         <v>7</v>
       </c>
       <c r="E6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7">
         <v>1</v>
       </c>
       <c r="B7">
         <v>2024</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7">
-        <v>131</v>
+        <v>3000</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8">
         <v>2</v>
       </c>
       <c r="B8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8">
-        <v>4796</v>
+        <v>3000</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9">
         <v>3</v>
       </c>
       <c r="B9">
+        <v>2024</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9">
+        <v>3000</v>
+      </c>
+      <c r="E9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10">
+        <v>4</v>
+      </c>
+      <c r="B10">
+        <v>2024</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10">
+        <v>3000</v>
+      </c>
+      <c r="E10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11">
+        <v>5</v>
+      </c>
+      <c r="B11">
+        <v>2024</v>
+      </c>
+      <c r="C11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11">
+        <v>3166.67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12">
+        <v>6</v>
+      </c>
+      <c r="B12">
+        <v>2024</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12">
+        <v>3166.67</v>
+      </c>
+      <c r="E12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13">
+        <v>7</v>
+      </c>
+      <c r="B13">
+        <v>2024</v>
+      </c>
+      <c r="C13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13">
+        <v>3166.67</v>
+      </c>
+      <c r="E13" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14">
+        <v>8</v>
+      </c>
+      <c r="B14">
+        <v>2024</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14">
+        <v>3166.67</v>
+      </c>
+      <c r="E14" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15">
+        <v>9</v>
+      </c>
+      <c r="B15">
+        <v>2024</v>
+      </c>
+      <c r="C15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15">
+        <v>3166.67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16">
+        <v>10</v>
+      </c>
+      <c r="B16">
+        <v>2024</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16">
+        <v>3166.67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17">
+        <v>11</v>
+      </c>
+      <c r="B17">
+        <v>2024</v>
+      </c>
+      <c r="C17" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17">
+        <v>3500</v>
+      </c>
+      <c r="E17" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18">
+        <v>12</v>
+      </c>
+      <c r="B18">
+        <v>2024</v>
+      </c>
+      <c r="C18" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18">
+        <v>3500</v>
+      </c>
+      <c r="E18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19">
+        <v>13</v>
+      </c>
+      <c r="B19">
+        <v>2023</v>
+      </c>
+      <c r="C19" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19">
+        <v>3000</v>
+      </c>
+      <c r="E19" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20">
+        <v>14</v>
+      </c>
+      <c r="B20">
+        <v>2023</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20">
+        <v>3000</v>
+      </c>
+      <c r="E20" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21">
+        <v>15</v>
+      </c>
+      <c r="B21">
+        <v>2023</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21">
+        <v>3000</v>
+      </c>
+      <c r="E21" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22">
+        <v>16</v>
+      </c>
+      <c r="B22">
+        <v>2023</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22">
+        <v>3000</v>
+      </c>
+      <c r="E22" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23">
+        <v>17</v>
+      </c>
+      <c r="B23">
+        <v>2023</v>
+      </c>
+      <c r="C23" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23">
+        <v>3000</v>
+      </c>
+      <c r="E23" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24">
+        <v>18</v>
+      </c>
+      <c r="B24">
+        <v>2023</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24">
+        <v>3000</v>
+      </c>
+      <c r="E24" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25">
+        <v>19</v>
+      </c>
+      <c r="B25">
+        <v>2023</v>
+      </c>
+      <c r="C25" t="s">
+        <v>16</v>
+      </c>
+      <c r="D25">
+        <v>3000</v>
+      </c>
+      <c r="E25" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26">
+        <v>20</v>
+      </c>
+      <c r="B26">
+        <v>2023</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26">
+        <v>3000</v>
+      </c>
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27">
+        <v>21</v>
+      </c>
+      <c r="B27">
+        <v>2023</v>
+      </c>
+      <c r="C27" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27">
+        <v>3000</v>
+      </c>
+      <c r="E27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28">
+        <v>22</v>
+      </c>
+      <c r="B28">
+        <v>2023</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28">
+        <v>3000</v>
+      </c>
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29">
+        <v>23</v>
+      </c>
+      <c r="B29">
+        <v>2023</v>
+      </c>
+      <c r="C29" t="s">
+        <v>21</v>
+      </c>
+      <c r="D29">
+        <v>3000</v>
+      </c>
+      <c r="E29" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30">
+        <v>24</v>
+      </c>
+      <c r="B30">
+        <v>2023</v>
+      </c>
+      <c r="C30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D30">
+        <v>3000</v>
+      </c>
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31">
+        <v>25</v>
+      </c>
+      <c r="B31">
         <v>2022</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C31" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31">
+        <v>2500</v>
+      </c>
+      <c r="E31" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32">
+        <v>26</v>
+      </c>
+      <c r="B32">
+        <v>2022</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32">
+        <v>2500</v>
+      </c>
+      <c r="E32" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33">
+        <v>27</v>
+      </c>
+      <c r="B33">
+        <v>2022</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33">
+        <v>2500</v>
+      </c>
+      <c r="E33" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34">
+        <v>28</v>
+      </c>
+      <c r="B34">
+        <v>2022</v>
+      </c>
+      <c r="C34" t="s">
         <v>13</v>
       </c>
-      <c r="D9">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="D34">
+        <v>2500</v>
+      </c>
+      <c r="E34" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35">
+        <v>29</v>
+      </c>
+      <c r="B35">
+        <v>2022</v>
+      </c>
+      <c r="C35" t="s">
         <v>14</v>
+      </c>
+      <c r="D35">
+        <v>2500</v>
+      </c>
+      <c r="E35" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36">
+        <v>30</v>
+      </c>
+      <c r="B36">
+        <v>2022</v>
+      </c>
+      <c r="C36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36">
+        <v>2500</v>
+      </c>
+      <c r="E36" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37">
+        <v>31</v>
+      </c>
+      <c r="B37">
+        <v>2022</v>
+      </c>
+      <c r="C37" t="s">
+        <v>16</v>
+      </c>
+      <c r="D37">
+        <v>2500</v>
+      </c>
+      <c r="E37" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38">
+        <v>32</v>
+      </c>
+      <c r="B38">
+        <v>2022</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38">
+        <v>2500</v>
+      </c>
+      <c r="E38" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39">
+        <v>33</v>
+      </c>
+      <c r="B39">
+        <v>2022</v>
+      </c>
+      <c r="C39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D39">
+        <v>2500</v>
+      </c>
+      <c r="E39" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40">
+        <v>34</v>
+      </c>
+      <c r="B40">
+        <v>2022</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40">
+        <v>2500</v>
+      </c>
+      <c r="E40" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41">
+        <v>35</v>
+      </c>
+      <c r="B41">
+        <v>2022</v>
+      </c>
+      <c r="C41" t="s">
+        <v>21</v>
+      </c>
+      <c r="D41">
+        <v>2500</v>
+      </c>
+      <c r="E41" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42">
+        <v>36</v>
+      </c>
+      <c r="B42">
+        <v>2022</v>
+      </c>
+      <c r="C42" t="s">
+        <v>22</v>
+      </c>
+      <c r="D42">
+        <v>2500</v>
+      </c>
+      <c r="E42" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">