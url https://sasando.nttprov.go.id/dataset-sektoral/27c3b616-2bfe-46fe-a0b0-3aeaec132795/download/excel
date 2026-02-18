--- v0 (2025-10-02)
+++ v1 (2026-02-18)
@@ -14,60 +14,60 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
-    <t>Dataset: Cakupan Pemeriksaan IVA pada perempuan usia 30-50 tahun</t>
+    <t>Dataset: Jumlah Penyandang DM</t>
   </si>
   <si>
     <t>Organisasi: Dinas Kesehatan Provinsi Nusa Tenggara Timur</t>
   </si>
   <si>
-    <t>Satuan: %</t>
-[...2 lines deleted...]
-    <t>Tanggal Export: 02/10/2025 17:29:41</t>
+    <t>Satuan: Orang</t>
+  </si>
+  <si>
+    <t>Tanggal Export: 18/02/2026 20:24:50</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Nilai</t>
   </si>
   <si>
     <t>Waktu Rilis</t>
   </si>
   <si>
     <t>Tahun 2024</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>Tahun 2022</t>
   </si>
@@ -460,85 +460,85 @@
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
       <c r="D6" t="s">
         <v>7</v>
       </c>
       <c r="E6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7">
         <v>1</v>
       </c>
       <c r="B7">
         <v>2024</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7">
-        <v>5.9</v>
+        <v>33695</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8">
         <v>2</v>
       </c>
       <c r="B8">
         <v>2022</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8">
-        <v>6</v>
+        <v>32757</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9">
         <v>3</v>
       </c>
       <c r="B9">
         <v>2023</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9">
-        <v>9.7</v>
+        <v>35180</v>
       </c>
       <c r="E9" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>