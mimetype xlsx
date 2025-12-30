--- v0 (2025-10-04)
+++ v1 (2025-12-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Dataset: Jumlah Reses</t>
   </si>
   <si>
     <t>Organisasi: Sekretariat DPRD Provinsi Nusa Tenggara Timur</t>
   </si>
   <si>
     <t>Satuan: Kegiatan</t>
   </si>
   <si>
-    <t>Tanggal Export: 05/10/2025 02:27:27</t>
+    <t>Tanggal Export: 30/12/2025 13:09:28</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Nilai</t>
   </si>
   <si>
     <t>Waktu Rilis</t>
   </si>
   <si>
     <t>Tahun 2025</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>Tahun 2024</t>
   </si>