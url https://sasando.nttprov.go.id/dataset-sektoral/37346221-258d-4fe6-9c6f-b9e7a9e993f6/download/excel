--- v1 (2025-12-30)
+++ v2 (2026-02-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Dataset: Jumlah Reses</t>
   </si>
   <si>
     <t>Organisasi: Sekretariat DPRD Provinsi Nusa Tenggara Timur</t>
   </si>
   <si>
     <t>Satuan: Kegiatan</t>
   </si>
   <si>
-    <t>Tanggal Export: 30/12/2025 13:09:28</t>
+    <t>Tanggal Export: 18/02/2026 14:33:43</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Nilai</t>
   </si>
   <si>
     <t>Waktu Rilis</t>
   </si>
   <si>
     <t>Tahun 2025</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>Tahun 2024</t>
   </si>
@@ -463,51 +463,51 @@
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
       <c r="D6" t="s">
         <v>7</v>
       </c>
       <c r="E6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7">
         <v>1</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8">
         <v>2</v>
       </c>
       <c r="B8">
         <v>2024</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8">
         <v>2</v>
       </c>
       <c r="E8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9">
         <v>3</v>