--- v0 (2025-10-04)
+++ v1 (2026-02-18)
@@ -14,93 +14,93 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
-    <t>Dataset: Proporsi perempuan dan laki-laki umur 18-24 tahun yang mengalami kekerasan seksual</t>
-[...8 lines deleted...]
-    <t>Tanggal Export: 04/10/2025 12:45:31</t>
+    <t>Dataset: Jumlah Posyandu</t>
+  </si>
+  <si>
+    <t>Organisasi: Dinas Kesehatan Provinsi Nusa Tenggara Timur</t>
+  </si>
+  <si>
+    <t>Satuan: Unit</t>
+  </si>
+  <si>
+    <t>Tanggal Export: 18/02/2026 21:46:05</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Tahun</t>
   </si>
   <si>
     <t>Periode</t>
   </si>
   <si>
     <t>Nilai</t>
   </si>
   <si>
     <t>Waktu Rilis</t>
   </si>
   <si>
     <t>Tahun 2024</t>
   </si>
   <si>
-    <t>16/01/2025</t>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>Tahun 2023</t>
+  </si>
+  <si>
+    <t>30/06/2024</t>
   </si>
   <si>
     <t>Tahun 2022</t>
   </si>
   <si>
-    <t>16/01/2023</t>
-[...5 lines deleted...]
-    <t>16/01/2024</t>
+    <t>30/06/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -460,85 +460,85 @@
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" t="s">
         <v>6</v>
       </c>
       <c r="D6" t="s">
         <v>7</v>
       </c>
       <c r="E6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7">
         <v>1</v>
       </c>
       <c r="B7">
         <v>2024</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7">
-        <v>0.00016</v>
+        <v>11203</v>
       </c>
       <c r="E7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8">
         <v>2</v>
       </c>
       <c r="B8">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8">
-        <v>0.0001</v>
+        <v>10812</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9">
         <v>3</v>
       </c>
       <c r="B9">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9">
-        <v>0.00015</v>
+        <v>10260</v>
       </c>
       <c r="E9" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>